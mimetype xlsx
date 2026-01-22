--- v0 (2025-12-05)
+++ v1 (2026-01-22)
@@ -20,188 +20,189 @@
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp13.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp14.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp15.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp16.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp17.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp18.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20416"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20417"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\User\Desktop\2024-2025\Individualus mokymosi planas 2025 - 2027\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\User\Desktop\2025-2026\Individualus mokymosi planas 2026-2028\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{68191181-5FE3-480C-9642-08D1F7E1BC1D}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6593E935-8E7B-4E43-B1A0-E8BBDFB01EF4}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21240" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Asmeninis planas" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="F44" i="1" l="1"/>
+  <c r="E44" i="1"/>
+  <c r="D44" i="1"/>
   <c r="F25" i="1" l="1"/>
   <c r="F49" i="1" l="1"/>
-  <c r="F44" i="1"/>
-[...1 lines deleted...]
-  <c r="D44" i="1"/>
   <c r="D28" i="1" l="1"/>
   <c r="E28" i="1"/>
   <c r="F28" i="1"/>
   <c r="D49" i="1" l="1"/>
   <c r="F42" i="1" l="1"/>
   <c r="E42" i="1"/>
   <c r="D42" i="1"/>
   <c r="F34" i="1" l="1"/>
   <c r="F36" i="1"/>
   <c r="E36" i="1"/>
   <c r="D36" i="1"/>
   <c r="D43" i="1"/>
   <c r="D53" i="1"/>
   <c r="F53" i="1"/>
   <c r="F43" i="1" l="1"/>
   <c r="E43" i="1"/>
   <c r="F51" i="1"/>
   <c r="D51" i="1"/>
   <c r="F52" i="1"/>
   <c r="D52" i="1"/>
   <c r="G12" i="1" l="1"/>
   <c r="D41" i="1"/>
   <c r="F41" i="1"/>
   <c r="E41" i="1"/>
   <c r="F35" i="1" l="1"/>
   <c r="E35" i="1"/>
   <c r="D35" i="1"/>
   <c r="E34" i="1"/>
   <c r="D34" i="1"/>
   <c r="F33" i="1"/>
   <c r="E33" i="1"/>
   <c r="D33" i="1"/>
-  <c r="F50" i="1" l="1"/>
-  <c r="D50" i="1"/>
+  <c r="D50" i="1" l="1"/>
+  <c r="E50" i="1"/>
+  <c r="F50" i="1"/>
   <c r="F27" i="1"/>
   <c r="E27" i="1"/>
   <c r="D27" i="1"/>
   <c r="F26" i="1"/>
   <c r="E26" i="1"/>
   <c r="D26" i="1"/>
   <c r="E25" i="1"/>
   <c r="D25" i="1"/>
   <c r="G20" i="1" l="1"/>
   <c r="F20" i="1"/>
   <c r="E20" i="1"/>
-  <c r="B70" i="2" l="1"/>
+  <c r="B71" i="2" l="1"/>
   <c r="I20" i="2" l="1"/>
   <c r="H20" i="2"/>
   <c r="E12" i="1"/>
-  <c r="D68" i="2" l="1"/>
-  <c r="I65" i="2" s="1"/>
+  <c r="D69" i="2" l="1"/>
+  <c r="I66" i="2" s="1"/>
+  <c r="D72" i="2"/>
   <c r="D71" i="2"/>
-  <c r="D70" i="2"/>
+  <c r="B60" i="2"/>
   <c r="B59" i="2"/>
-  <c r="B58" i="2"/>
-  <c r="B60" i="2"/>
+  <c r="B61" i="2"/>
   <c r="F12" i="1"/>
-  <c r="E71" i="2" l="1"/>
+  <c r="E72" i="2" l="1"/>
+  <c r="G72" i="2"/>
+  <c r="F72" i="2"/>
+  <c r="E69" i="2"/>
+  <c r="G69" i="2"/>
+  <c r="F69" i="2"/>
+  <c r="E71" i="2"/>
   <c r="G71" i="2"/>
   <c r="F71" i="2"/>
-  <c r="E68" i="2"/>
-[...6 lines deleted...]
-  <c r="H84" i="2"/>
+  <c r="H87" i="2" l="1"/>
+  <c r="H85" i="2"/>
   <c r="H10" i="2"/>
   <c r="H12" i="2"/>
   <c r="F6" i="1"/>
   <c r="C60" i="1"/>
   <c r="H40" i="2"/>
   <c r="H32" i="2"/>
   <c r="D38" i="2" s="1"/>
   <c r="H37" i="2"/>
   <c r="G11" i="1"/>
   <c r="G56" i="1" s="1"/>
   <c r="F11" i="1"/>
   <c r="F56" i="1" s="1"/>
   <c r="E11" i="1"/>
   <c r="E56" i="1" s="1"/>
-  <c r="H58" i="2" l="1"/>
-[...5 lines deleted...]
-  <c r="I58" i="2" s="1"/>
+  <c r="H59" i="2" l="1"/>
+  <c r="B67" i="2" l="1"/>
+  <c r="B68" i="2"/>
+  <c r="B66" i="2"/>
+  <c r="H66" i="2" l="1"/>
+  <c r="D62" i="2" l="1"/>
+  <c r="I59" i="2" s="1"/>
+  <c r="C65" i="2"/>
+  <c r="D65" i="2"/>
   <c r="C64" i="2"/>
   <c r="D64" i="2"/>
-  <c r="C63" i="2"/>
-[...5 lines deleted...]
-  <c r="E64" i="2"/>
+  <c r="C62" i="2"/>
+  <c r="E64" i="2" l="1"/>
   <c r="G64" i="2"/>
   <c r="F64" i="2"/>
-  <c r="G61" i="2"/>
-[...4 lines deleted...]
-  <c r="C68" i="2"/>
+  <c r="E65" i="2"/>
+  <c r="G65" i="2"/>
+  <c r="F65" i="2"/>
+  <c r="G62" i="2"/>
+  <c r="F62" i="2"/>
+  <c r="C71" i="2"/>
+  <c r="E62" i="2"/>
+  <c r="C72" i="2" l="1"/>
+  <c r="C69" i="2"/>
   <c r="C58" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="86">
   <si>
     <t>Asmeninis mokymosi planas</t>
   </si>
   <si>
     <t>Mokinio vardas, pavardė:</t>
   </si>
   <si>
     <t>Dalykai</t>
   </si>
   <si>
     <t>Kursas</t>
   </si>
   <si>
     <t>Val.</t>
   </si>
   <si>
     <t>Valandų paskirstymas</t>
   </si>
   <si>
     <t>Dorinis ugdymas</t>
   </si>
   <si>
     <t>Tikyba</t>
   </si>
   <si>
@@ -481,50 +482,53 @@
     <t>Pasirenkamas dalyaks</t>
   </si>
   <si>
     <t>Ekonomika ir verslumas</t>
   </si>
   <si>
     <t>Medijų menas</t>
   </si>
   <si>
     <t>Taik. technologijos</t>
   </si>
   <si>
     <t>Meninis ugdymas</t>
   </si>
   <si>
     <t>Menų istorija</t>
   </si>
   <si>
     <t>Užsienio kalba</t>
   </si>
   <si>
     <t>B2 lygmuo</t>
   </si>
   <si>
     <t>Vilniaus  Užupio gimnazijos</t>
+  </si>
+  <si>
+    <t>Ispanų</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-FC27]yyyy\ &quot;m.&quot;\ mmmm\ d\ &quot;d.&quot;;@"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
@@ -2059,135 +2063,135 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="76" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="7" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="22" fillId="7" borderId="74" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="3" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="3" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="12" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2323,111 +2327,111 @@
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaRange="Sheet2!$C$3:$C$4" noThreeD="1" sel="1" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp10.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$22" fmlaRange="Sheet2!$B$22:$B$23" noThreeD="1" sel="1" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$10" fmlaRange="Sheet2!$B$10:$C$11" noThreeD="1" sel="2" val="0"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$10" fmlaRange="Sheet2!$B$10:$C$11" noThreeD="1" sel="1" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp12.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$14" fmlaRange="Sheet2!$B$14:$C$15" noThreeD="1" sel="2" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp13.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$12" fmlaRange="Sheet2!$B$12:$C$13" noThreeD="1" sel="1" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp14.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$40" fmlaRange="Sheet2!$B$40:$B$41" noThreeD="1" sel="1" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp15.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$44" fmlaRange="Sheet2!$B$44:$B$45" noThreeD="1" sel="1" val="0"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$44" fmlaRange="Sheet2!$B$44:$B$45" noThreeD="1" sel="2" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp16.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$16" fmlaRange="Sheet2!$B$16:$C$17" noThreeD="1" sel="2" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp17.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$42" fmlaRange="Sheet2!$B$42:$B$43" noThreeD="1" sel="2" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp18.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$52" fmlaRange="Sheet2!$B$52:$B$55" noThreeD="1" sel="4" val="0"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$52" fmlaRange="Sheet2!$B$52:$B$56" noThreeD="1" sel="5" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$5" fmlaRange="Sheet2!$D$5:$D$6" noThreeD="1" sel="1" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$7" fmlaRange="Sheet2!$C$7:$C$8" noThreeD="1" sel="1" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$18" fmlaRange="Sheet2!$D$18:$D$19" noThreeD="1" sel="2" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$20" fmlaRange="Sheet2!$B$20:$B$21" noThreeD="1" sel="2" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$32" fmlaRange="Sheet2!$B$32:$B$37" noThreeD="1" sel="6" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Label" lockText="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$24" fmlaRange="Sheet2!$B$24:$B$25" noThreeD="1" sel="2" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$26" fmlaRange="Sheet2!$B$26:$B$27" noThreeD="1" sel="1" val="0"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="16" fmlaLink="Sheet2!$A$26" fmlaRange="Sheet2!$B$26:$B$27" noThreeD="1" sel="2" val="0"/>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>28575</xdr:colOff>
           <xdr:row>9</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>1276350</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1029" name="Drop Down 5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1029"/>
@@ -3848,52 +3852,52 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:M63"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="L26" sqref="L26"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A43" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="J48" sqref="J48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.28515625" customWidth="1"/>
     <col min="2" max="2" width="20.42578125" customWidth="1"/>
     <col min="3" max="3" width="19.28515625" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" customWidth="1"/>
     <col min="5" max="5" width="6.85546875" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="6.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" x14ac:dyDescent="0.25">
       <c r="D1" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="2" spans="2:8" x14ac:dyDescent="0.25">
       <c r="D2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="2:8" ht="11.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
@@ -3902,260 +3906,260 @@
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="154" t="s">
         <v>52</v>
       </c>
       <c r="F4" s="154"/>
       <c r="G4" s="154"/>
       <c r="H4" s="154"/>
     </row>
     <row r="5" spans="2:8" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C5" s="2"/>
       <c r="D5" s="80"/>
       <c r="E5" s="49"/>
       <c r="F5" s="49"/>
       <c r="G5" s="49"/>
       <c r="H5" s="49"/>
     </row>
     <row r="6" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="C6" s="2"/>
       <c r="D6" s="155" t="s">
         <v>54</v>
       </c>
       <c r="E6" s="155"/>
       <c r="F6" s="156">
         <f ca="1">TODAY()</f>
-        <v>45735</v>
+        <v>46034</v>
       </c>
       <c r="G6" s="156"/>
       <c r="H6" s="156"/>
     </row>
     <row r="7" spans="2:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B7" s="121" t="s">
+      <c r="B7" s="136" t="s">
         <v>36</v>
       </c>
-      <c r="C7" s="121"/>
+      <c r="C7" s="136"/>
     </row>
     <row r="8" spans="2:8" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B8" s="137" t="s">
-[...3 lines deleted...]
-      <c r="D8" s="131" t="s">
+      <c r="B8" s="125" t="s">
+        <v>2</v>
+      </c>
+      <c r="C8" s="126"/>
+      <c r="D8" s="143" t="s">
         <v>3</v>
       </c>
-      <c r="E8" s="133" t="s">
+      <c r="E8" s="121" t="s">
         <v>4</v>
       </c>
-      <c r="F8" s="135" t="s">
+      <c r="F8" s="123" t="s">
         <v>5</v>
       </c>
-      <c r="G8" s="136"/>
+      <c r="G8" s="124"/>
     </row>
     <row r="9" spans="2:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="139"/>
-[...2 lines deleted...]
-      <c r="E9" s="134"/>
+      <c r="B9" s="127"/>
+      <c r="C9" s="128"/>
+      <c r="D9" s="144"/>
+      <c r="E9" s="122"/>
       <c r="F9" s="59" t="s">
         <v>60</v>
       </c>
       <c r="G9" s="60" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="10" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="61" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="62"/>
       <c r="D10" s="63"/>
       <c r="E10" s="64">
         <v>2</v>
       </c>
       <c r="F10" s="65">
         <v>2</v>
       </c>
       <c r="G10" s="66">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="141" t="s">
+      <c r="B11" s="129" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="142"/>
+      <c r="C11" s="130"/>
       <c r="D11" s="67"/>
       <c r="E11" s="68">
         <f>IF(Sheet2!A5=1,Sheet2!E5,Sheet2!E6)</f>
         <v>8</v>
       </c>
       <c r="F11" s="69">
         <f>IF(Sheet2!A5=1,Sheet2!F5,Sheet2!F6)</f>
         <v>4</v>
       </c>
       <c r="G11" s="70">
         <f>IF(Sheet2!A5=1,Sheet2!G5,Sheet2!G6)</f>
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="2:8" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="141" t="s">
+      <c r="B12" s="129" t="s">
         <v>19</v>
       </c>
-      <c r="C12" s="142"/>
+      <c r="C12" s="130"/>
       <c r="D12" s="91"/>
       <c r="E12" s="92">
         <f>VLOOKUP(Sheet2!A18,Sheet2!C18:G19,3,0)</f>
         <v>8</v>
       </c>
       <c r="F12" s="93">
         <f>VLOOKUP(Sheet2!$A18,Sheet2!$C18:$G19,4,0)</f>
         <v>4</v>
       </c>
       <c r="G12" s="94">
         <f>VLOOKUP(Sheet2!$A18,Sheet2!$C18:$G19,5,0)</f>
         <v>4</v>
       </c>
     </row>
     <row r="13" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="95" t="s">
         <v>80</v>
       </c>
       <c r="C13" s="105"/>
       <c r="D13" s="107"/>
       <c r="E13" s="64">
         <v>4</v>
       </c>
       <c r="F13" s="109">
         <v>2</v>
       </c>
       <c r="G13" s="66">
         <v>2</v>
       </c>
     </row>
     <row r="14" spans="2:8" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="143" t="s">
+      <c r="B14" s="147" t="s">
         <v>64</v>
       </c>
-      <c r="C14" s="144"/>
+      <c r="C14" s="148"/>
       <c r="D14" s="108"/>
       <c r="E14" s="111">
         <v>6</v>
       </c>
       <c r="F14" s="110">
         <v>3</v>
       </c>
       <c r="G14" s="106">
         <v>3</v>
       </c>
     </row>
     <row r="15" spans="2:8" ht="10.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="16" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B16" s="130" t="s">
+      <c r="B16" s="133" t="s">
         <v>66</v>
       </c>
-      <c r="C16" s="130"/>
+      <c r="C16" s="133"/>
     </row>
     <row r="17" spans="2:13" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B17" s="3" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="18" spans="2:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B18" s="122" t="s">
-[...3 lines deleted...]
-      <c r="D18" s="146" t="s">
+      <c r="B18" s="137" t="s">
+        <v>2</v>
+      </c>
+      <c r="C18" s="138"/>
+      <c r="D18" s="134" t="s">
         <v>3</v>
       </c>
-      <c r="E18" s="126" t="s">
+      <c r="E18" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="F18" s="128" t="s">
+      <c r="F18" s="131" t="s">
         <v>5</v>
       </c>
-      <c r="G18" s="129"/>
+      <c r="G18" s="132"/>
     </row>
     <row r="19" spans="2:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B19" s="124"/>
-[...2 lines deleted...]
-      <c r="E19" s="127"/>
+      <c r="B19" s="139"/>
+      <c r="C19" s="140"/>
+      <c r="D19" s="135"/>
+      <c r="E19" s="142"/>
       <c r="F19" s="59" t="s">
         <v>60</v>
       </c>
       <c r="G19" s="60" t="s">
         <v>61</v>
       </c>
       <c r="M19" s="20"/>
     </row>
     <row r="20" spans="2:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="61" t="s">
         <v>82</v>
       </c>
       <c r="C20" s="62"/>
       <c r="D20" s="112" t="s">
         <v>83</v>
       </c>
       <c r="E20" s="115">
         <f>IF(Sheet2!$A7=4,0,6)</f>
         <v>6</v>
       </c>
       <c r="F20" s="113">
         <f>IF(Sheet2!$A7=4,0,3)</f>
         <v>3</v>
       </c>
       <c r="G20" s="114">
         <f>IF(Sheet2!$A7=4,0,3)</f>
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="2:13" ht="9" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="22" spans="2:13" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="3" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="23" spans="2:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B23" s="122" t="s">
-[...3 lines deleted...]
-      <c r="D23" s="126" t="s">
+      <c r="B23" s="137" t="s">
+        <v>2</v>
+      </c>
+      <c r="C23" s="138"/>
+      <c r="D23" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="E23" s="128" t="s">
+      <c r="E23" s="131" t="s">
         <v>5</v>
       </c>
-      <c r="F23" s="129"/>
+      <c r="F23" s="132"/>
     </row>
     <row r="24" spans="2:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B24" s="124"/>
-[...1 lines deleted...]
-      <c r="D24" s="127"/>
+      <c r="B24" s="139"/>
+      <c r="C24" s="140"/>
+      <c r="D24" s="142"/>
       <c r="E24" s="96" t="s">
         <v>60</v>
       </c>
       <c r="F24" s="97" t="s">
         <v>61</v>
       </c>
       <c r="M24" s="20"/>
     </row>
     <row r="25" spans="2:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="71" t="s">
         <v>69</v>
       </c>
       <c r="C25" s="72"/>
       <c r="D25" s="68">
         <f>IF(Sheet2!$A20=2,0,6)</f>
         <v>0</v>
       </c>
       <c r="E25" s="69">
         <f>IF(Sheet2!$A20=2,0,3)</f>
         <v>0</v>
       </c>
       <c r="F25" s="70">
         <f>IF(Sheet2!$A20=2,0,3)</f>
         <v>0</v>
       </c>
@@ -4181,108 +4185,108 @@
     <row r="27" spans="2:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="71" t="s">
         <v>69</v>
       </c>
       <c r="C27" s="85"/>
       <c r="D27" s="68">
         <f>IF(Sheet2!$A24=2,0,6)</f>
         <v>0</v>
       </c>
       <c r="E27" s="69">
         <f>IF(Sheet2!$A24=2,0,3)</f>
         <v>0</v>
       </c>
       <c r="F27" s="70">
         <f>IF(Sheet2!$A24=2,0,3)</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:13" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="98" t="s">
         <v>69</v>
       </c>
       <c r="C28" s="85"/>
       <c r="D28" s="68">
         <f>IF(Sheet2!$A26=2,0,8)</f>
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="E28" s="69">
         <f>IF(Sheet2!$A26=2,0,4)</f>
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F28" s="70">
         <f>IF(Sheet2!$A26=2,0,4)</f>
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:13" ht="9" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="2:13" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="3" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="31" spans="2:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B31" s="122" t="s">
-[...3 lines deleted...]
-      <c r="D31" s="126" t="s">
+      <c r="B31" s="137" t="s">
+        <v>2</v>
+      </c>
+      <c r="C31" s="138"/>
+      <c r="D31" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="E31" s="128" t="s">
+      <c r="E31" s="131" t="s">
         <v>5</v>
       </c>
-      <c r="F31" s="129"/>
+      <c r="F31" s="132"/>
     </row>
     <row r="32" spans="2:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B32" s="124"/>
-[...1 lines deleted...]
-      <c r="D32" s="127"/>
+      <c r="B32" s="139"/>
+      <c r="C32" s="140"/>
+      <c r="D32" s="142"/>
       <c r="E32" s="96" t="s">
         <v>60</v>
       </c>
       <c r="F32" s="97" t="s">
         <v>61</v>
       </c>
       <c r="M32" s="20"/>
     </row>
     <row r="33" spans="2:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="103" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="72"/>
       <c r="D33" s="68">
         <f>IF(Sheet2!$A10=2,0,6)</f>
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="E33" s="69">
         <f>IF(Sheet2!$A10=2,0,3)</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F33" s="70">
         <f>IF(Sheet2!$A10=2,0,3)</f>
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="34" spans="2:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="103" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="85"/>
       <c r="D34" s="68">
         <f>IF(Sheet2!$A12=2,0,6)</f>
         <v>6</v>
       </c>
       <c r="E34" s="69">
         <f>IF(Sheet2!$A12=2,0,3)</f>
         <v>3</v>
       </c>
       <c r="F34" s="70">
         <f>IF(Sheet2!$A12=2,0,3)</f>
         <v>3</v>
       </c>
     </row>
     <row r="35" spans="2:13" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="117" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="118"/>
@@ -4297,72 +4301,72 @@
       <c r="F35" s="106">
         <f>IF(Sheet2!$A14=2,0,3)</f>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="103" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="85"/>
       <c r="D36" s="68">
         <f>IF(Sheet2!$A16=2,0,6)</f>
         <v>0</v>
       </c>
       <c r="E36" s="69">
         <f>IF(Sheet2!$A16=2,0,3)</f>
         <v>0</v>
       </c>
       <c r="F36" s="70">
         <f>IF(Sheet2!$A16=2,0,3)</f>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:13" ht="9" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" spans="2:13" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B38" s="130" t="s">
+      <c r="B38" s="133" t="s">
         <v>74</v>
       </c>
-      <c r="C38" s="130"/>
+      <c r="C38" s="133"/>
     </row>
     <row r="39" spans="2:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B39" s="122" t="s">
-[...3 lines deleted...]
-      <c r="D39" s="126" t="s">
+      <c r="B39" s="137" t="s">
+        <v>2</v>
+      </c>
+      <c r="C39" s="138"/>
+      <c r="D39" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="E39" s="128" t="s">
+      <c r="E39" s="131" t="s">
         <v>5</v>
       </c>
-      <c r="F39" s="129"/>
+      <c r="F39" s="132"/>
     </row>
     <row r="40" spans="2:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B40" s="124"/>
-[...1 lines deleted...]
-      <c r="D40" s="127"/>
+      <c r="B40" s="139"/>
+      <c r="C40" s="140"/>
+      <c r="D40" s="142"/>
       <c r="E40" s="96" t="s">
         <v>60</v>
       </c>
       <c r="F40" s="97" t="s">
         <v>61</v>
       </c>
       <c r="M40" s="20"/>
     </row>
     <row r="41" spans="2:13" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="104" t="s">
         <v>76</v>
       </c>
       <c r="C41" s="85"/>
       <c r="D41" s="68">
         <f>IF(Sheet2!$A40=2,0,2)</f>
         <v>2</v>
       </c>
       <c r="E41" s="69">
         <f>IF(Sheet2!$A40=2,0,1)</f>
         <v>1</v>
       </c>
       <c r="F41" s="70">
         <f>IF(Sheet2!$A40=2,0,1)</f>
         <v>1</v>
       </c>
@@ -4370,143 +4374,144 @@
     <row r="42" spans="2:13" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="104" t="s">
         <v>76</v>
       </c>
       <c r="C42" s="85"/>
       <c r="D42" s="68">
         <f>IF(Sheet2!$A42=2,0,2)</f>
         <v>0</v>
       </c>
       <c r="E42" s="69">
         <f>IF(Sheet2!$A42=2,0,1)</f>
         <v>0</v>
       </c>
       <c r="F42" s="70">
         <f>IF(Sheet2!$A42=2,0,1)</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:13" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B43" s="120" t="s">
         <v>76</v>
       </c>
       <c r="C43" s="118"/>
       <c r="D43" s="111">
         <f>IF(Sheet2!$A44=2,0,2)</f>
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E43" s="119">
         <f>IF(Sheet2!$A44=2,0,1)</f>
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F43" s="106">
         <f>IF(Sheet2!$A44=2,0,1)</f>
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="2:13" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B44" s="120" t="s">
         <v>76</v>
       </c>
       <c r="C44" s="118"/>
       <c r="D44" s="111">
-        <f>IF(Sheet2!$A52=4,0,4)</f>
+        <f>IF(Sheet2!$A52=5,0,4)</f>
         <v>0</v>
       </c>
       <c r="E44" s="119">
-        <f>IF(Sheet2!$A52=4,0,2)</f>
+        <f>IF(Sheet2!$A52=5,0,2)</f>
         <v>0</v>
       </c>
       <c r="F44" s="106">
-        <f>IF(Sheet2!$A52=4,0,2)</f>
+        <f>IF(Sheet2!$A52=5,0,2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="2:13" ht="9" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" spans="2:13" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B46" s="130" t="s">
+      <c r="B46" s="133" t="s">
         <v>45</v>
       </c>
-      <c r="C46" s="130"/>
+      <c r="C46" s="133"/>
     </row>
     <row r="47" spans="2:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B47" s="122" t="s">
-[...3 lines deleted...]
-      <c r="D47" s="126" t="s">
+      <c r="B47" s="137" t="s">
+        <v>2</v>
+      </c>
+      <c r="C47" s="138"/>
+      <c r="D47" s="141" t="s">
         <v>4</v>
       </c>
       <c r="E47" s="164" t="s">
         <v>5</v>
       </c>
       <c r="F47" s="165"/>
     </row>
     <row r="48" spans="2:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B48" s="124"/>
-      <c r="C48" s="125"/>
+      <c r="B48" s="139"/>
+      <c r="C48" s="140"/>
       <c r="D48" s="163"/>
       <c r="E48" s="59" t="s">
         <v>60</v>
       </c>
       <c r="F48" s="60" t="s">
         <v>61</v>
       </c>
       <c r="L48" s="20"/>
     </row>
     <row r="49" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B49" s="141" t="s">
+      <c r="B49" s="129" t="s">
         <v>55</v>
       </c>
-      <c r="C49" s="145"/>
+      <c r="C49" s="149"/>
       <c r="D49" s="116">
         <f>IF(OR(Sheet2!A7=1,Sheet2!A7=3),1,0)</f>
         <v>1</v>
       </c>
       <c r="E49" s="65">
         <v>0</v>
       </c>
       <c r="F49" s="66">
         <f>IF(OR(Sheet2!A7=1,Sheet2!A7=2),1,0)</f>
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="157" t="s">
         <v>47</v>
       </c>
       <c r="C50" s="158"/>
       <c r="D50" s="116">
+        <f>IF(D33=6,2,0)</f>
+        <v>2</v>
+      </c>
+      <c r="E50" s="116">
         <f>IF(D33=6,1,0)</f>
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F50" s="83">
         <f>IF(D33=6,1,0)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="157" t="s">
         <v>48</v>
       </c>
       <c r="C51" s="158"/>
       <c r="D51" s="116">
         <f>IF(Sheet2!$A22=1,1,0)</f>
         <v>1</v>
       </c>
       <c r="E51" s="86">
         <v>0</v>
       </c>
       <c r="F51" s="83">
         <f>IF(Sheet2!$A22=1,1,0)</f>
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="157" t="s">
         <v>49</v>
       </c>
       <c r="C52" s="158"/>
       <c r="D52" s="116">
@@ -4543,147 +4548,147 @@
       <c r="F54" s="41"/>
       <c r="G54" s="41"/>
     </row>
     <row r="55" spans="2:8" ht="25.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D55" s="17"/>
       <c r="E55" s="18" t="s">
         <v>26</v>
       </c>
       <c r="F55" s="18" t="s">
         <v>62</v>
       </c>
       <c r="G55" s="18" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="56" spans="2:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D56" s="19" t="s">
         <v>27</v>
       </c>
       <c r="E56" s="81">
         <f>COUNTIF(E10:E14,"&gt;0")+COUNTIF(E20:E20,"&gt;0")+COUNTIF(D25:D28,"&gt;0")+COUNTIF(D33:D36,"&gt;0")+COUNTIF(D41:D44,"&gt;0")+COUNTIF(E49:E53,"&gt;0")</f>
         <v>11</v>
       </c>
       <c r="F56" s="81">
         <f>SUM(F10:F14)+SUM(F20:F20)+SUM(E25:E28)+SUM(E33:E36)+SUM(E41:E44)+SUM(E49:E53)</f>
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G56" s="81">
         <f>SUM(G10:G14)+SUM(G20:G20)+SUM(F25:F28)+SUM(F33:F36)+SUM(F41:F44)+SUM(F49:F53)</f>
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="57" spans="2:8" ht="7.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="58" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="C58" s="148" t="str">
+      <c r="C58" s="145" t="str">
         <f>IF(OR(OR(OR(F56&lt;25,F56&gt;35),OR(G56&lt;25,G56&gt;35),E56&lt;8)),"Klaida! Patikrinkite dalykų ar valandų skaičių.","Planas sudarytas teisingai.")</f>
         <v>Planas sudarytas teisingai.</v>
       </c>
-      <c r="D58" s="148"/>
-[...2 lines deleted...]
-      <c r="G58" s="149"/>
+      <c r="D58" s="145"/>
+      <c r="E58" s="145"/>
+      <c r="F58" s="145"/>
+      <c r="G58" s="146"/>
     </row>
     <row r="59" spans="2:8" ht="10.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="60" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B60" s="78" t="s">
         <v>53</v>
       </c>
       <c r="C60" s="161" t="str">
         <f>E4</f>
         <v>Vardenis Pavardenis</v>
       </c>
       <c r="D60" s="158"/>
       <c r="E60" s="158"/>
       <c r="F60" s="162"/>
       <c r="G60" s="153"/>
       <c r="H60" s="153"/>
     </row>
     <row r="61" spans="2:8" x14ac:dyDescent="0.25">
       <c r="D61" s="79" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="62" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B62" s="78" t="s">
         <v>59</v>
       </c>
       <c r="C62" s="150"/>
       <c r="D62" s="151"/>
       <c r="E62" s="151"/>
       <c r="F62" s="152"/>
       <c r="G62" s="153"/>
       <c r="H62" s="153"/>
     </row>
     <row r="63" spans="2:8" x14ac:dyDescent="0.25">
       <c r="D63" s="79" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="LkapjRGqNMwda8L2D4iBc/OA8aj651ktbeQxrsld5lsgAPvsSRSDwwhsjLB8aRQ9nvwWq7lhPX9ow/FffpzyEg==" saltValue="SbRQADJmIju1YHMJNs4m8Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="uoki+9/hrTS1/JohCnITz5kU0x/i1IFDE79nYc/LhuBcAF4S/yuHlfOQFBH8wDYDgCQgD577qqJBlO4ilrFb+Q==" saltValue="kTK4Hd5R/EKm2GR5Wvosyw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="40">
     <mergeCell ref="C62:F62"/>
     <mergeCell ref="G62:H62"/>
     <mergeCell ref="G60:H60"/>
     <mergeCell ref="E4:H4"/>
     <mergeCell ref="D6:E6"/>
     <mergeCell ref="F6:H6"/>
     <mergeCell ref="B50:C50"/>
     <mergeCell ref="B51:C51"/>
     <mergeCell ref="B52:C52"/>
     <mergeCell ref="B53:C53"/>
     <mergeCell ref="C60:F60"/>
     <mergeCell ref="B47:C48"/>
     <mergeCell ref="D47:D48"/>
     <mergeCell ref="E47:F47"/>
     <mergeCell ref="E18:E19"/>
     <mergeCell ref="B31:C32"/>
-    <mergeCell ref="D31:D32"/>
     <mergeCell ref="E31:F31"/>
     <mergeCell ref="C58:G58"/>
     <mergeCell ref="B46:C46"/>
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="B49:C49"/>
-    <mergeCell ref="B12:C12"/>
-    <mergeCell ref="D18:D19"/>
+    <mergeCell ref="E39:F39"/>
+    <mergeCell ref="E23:F23"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="B39:C40"/>
     <mergeCell ref="D39:D40"/>
-    <mergeCell ref="E39:F39"/>
     <mergeCell ref="B38:C38"/>
     <mergeCell ref="B18:C19"/>
     <mergeCell ref="D8:D9"/>
+    <mergeCell ref="B23:C24"/>
+    <mergeCell ref="D23:D24"/>
+    <mergeCell ref="D31:D32"/>
     <mergeCell ref="E8:E9"/>
     <mergeCell ref="F8:G8"/>
     <mergeCell ref="B8:C9"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="F18:G18"/>
-    <mergeCell ref="B23:C24"/>
-[...1 lines deleted...]
-    <mergeCell ref="E23:F23"/>
     <mergeCell ref="B16:C16"/>
+    <mergeCell ref="B12:C12"/>
+    <mergeCell ref="D18:D19"/>
   </mergeCells>
   <conditionalFormatting sqref="F56:G56">
     <cfRule type="cellIs" dxfId="2" priority="7" operator="lessThan">
       <formula>25</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="8" operator="greaterThan">
       <formula>35</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E56">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="lessThan">
       <formula>8</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1029" r:id="rId4" name="Drop Down 5">
               <controlPr defaultSize="0" autoLine="0" autoPict="0">
@@ -5066,54 +5071,54 @@
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>28575</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>1276350</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>209550</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet3"/>
-  <dimension ref="A2:K88"/>
+  <dimension ref="A2:K89"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="H26" sqref="H26"/>
+    <sheetView topLeftCell="A31" workbookViewId="0">
+      <selection activeCell="A52" sqref="A52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="15.42578125" customWidth="1"/>
     <col min="3" max="3" width="10" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="31.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="1:8" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B3" s="168" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="5">
         <v>2</v>
       </c>
       <c r="F3" s="5">
         <v>1</v>
@@ -5206,71 +5211,71 @@
         <v>16</v>
       </c>
       <c r="D8" s="30" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="31">
         <v>6</v>
       </c>
       <c r="F8" s="31">
         <v>3</v>
       </c>
       <c r="G8" s="31">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="22" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B10" s="174" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="175"/>
       <c r="D10" s="32" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="32">
         <v>6</v>
       </c>
       <c r="F10" s="32">
         <v>3</v>
       </c>
       <c r="G10" s="33">
         <v>3</v>
       </c>
-      <c r="H10" t="e">
+      <c r="H10" t="str">
         <f>INDEX(D10:D10,A10)</f>
-        <v>#REF!</v>
+        <v>A</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="178" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="179"/>
       <c r="D11" s="32"/>
       <c r="E11" s="32"/>
       <c r="F11" s="32"/>
       <c r="G11" s="33"/>
     </row>
     <row r="12" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12">
         <v>1</v>
       </c>
       <c r="B12" s="176" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="177"/>
       <c r="D12" s="32" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="32">
         <v>6</v>
@@ -5460,51 +5465,51 @@
     <row r="24" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A24">
         <v>2</v>
       </c>
       <c r="B24" s="47" t="s">
         <v>22</v>
       </c>
       <c r="C24" s="24"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="43"/>
     </row>
     <row r="25" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B25" s="47" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="24"/>
       <c r="D25" s="42"/>
       <c r="E25" s="42"/>
       <c r="F25" s="42"/>
       <c r="G25" s="43"/>
     </row>
     <row r="26" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A26">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B26" s="47" t="s">
         <v>70</v>
       </c>
       <c r="C26" s="24"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="43"/>
     </row>
     <row r="27" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A27">
         <v>1</v>
       </c>
       <c r="B27" s="47" t="s">
         <v>28</v>
       </c>
       <c r="C27" s="24" t="s">
         <v>31</v>
       </c>
       <c r="D27" s="25" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="25">
         <v>7</v>
@@ -5779,51 +5784,51 @@
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>2</v>
       </c>
       <c r="B42" s="21" t="s">
         <v>75</v>
       </c>
       <c r="C42" s="55"/>
       <c r="D42" s="55"/>
       <c r="E42" s="55"/>
       <c r="F42" s="55"/>
       <c r="G42" s="56"/>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B43" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C43" s="55"/>
       <c r="D43" s="55"/>
       <c r="E43" s="55"/>
       <c r="F43" s="55"/>
       <c r="G43" s="56"/>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B44" s="21" t="s">
         <v>81</v>
       </c>
       <c r="C44" s="55"/>
       <c r="D44" s="55"/>
       <c r="E44" s="55"/>
       <c r="F44" s="55"/>
       <c r="G44" s="56"/>
     </row>
     <row r="45" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B45" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C45" s="55"/>
       <c r="D45" s="55"/>
       <c r="E45" s="55"/>
       <c r="F45" s="55"/>
       <c r="G45" s="56"/>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46">
         <v>5</v>
       </c>
       <c r="B46" s="53" t="s">
@@ -5879,654 +5884,664 @@
       </c>
       <c r="C50" s="10"/>
       <c r="D50" s="15"/>
       <c r="E50" s="15"/>
       <c r="F50" s="15"/>
       <c r="G50" s="52"/>
     </row>
     <row r="51" spans="1:11" ht="61.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B51" s="57" t="s">
         <v>40</v>
       </c>
       <c r="C51" s="15"/>
       <c r="D51" s="15">
         <v>6</v>
       </c>
       <c r="E51" s="15">
         <v>3</v>
       </c>
       <c r="F51" s="15">
         <v>3</v>
       </c>
       <c r="G51" s="52"/>
     </row>
     <row r="52" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A52">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B52" s="73" t="s">
         <v>16</v>
       </c>
       <c r="C52" s="55"/>
       <c r="D52" s="55"/>
       <c r="E52" s="55"/>
       <c r="F52" s="55"/>
       <c r="G52" s="56"/>
     </row>
     <row r="53" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B53" s="73" t="s">
         <v>43</v>
       </c>
       <c r="C53" s="55"/>
       <c r="D53" s="55"/>
       <c r="E53" s="55"/>
       <c r="F53" s="55"/>
       <c r="G53" s="56"/>
     </row>
     <row r="54" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B54" s="73" t="s">
-        <v>44</v>
+        <v>85</v>
       </c>
       <c r="C54" s="55"/>
       <c r="D54" s="55"/>
       <c r="E54" s="55"/>
       <c r="F54" s="55"/>
       <c r="G54" s="56"/>
     </row>
-    <row r="55" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>28</v>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B55" s="73" t="s">
+        <v>44</v>
       </c>
       <c r="C55" s="55"/>
       <c r="D55" s="55"/>
       <c r="E55" s="55"/>
       <c r="F55" s="55"/>
       <c r="G55" s="56"/>
     </row>
     <row r="56" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A56">
+      <c r="B56" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="C56" s="55"/>
+      <c r="D56" s="55"/>
+      <c r="E56" s="55"/>
+      <c r="F56" s="55"/>
+      <c r="G56" s="56"/>
+    </row>
+    <row r="57" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A57">
         <v>1</v>
       </c>
-      <c r="B56" s="40" t="s">
+      <c r="B57" s="40" t="s">
         <v>41</v>
       </c>
-      <c r="C56" s="16"/>
-      <c r="D56" s="16">
+      <c r="C57" s="16"/>
+      <c r="D57" s="16">
         <v>3</v>
       </c>
-      <c r="E56" s="16">
-[...2 lines deleted...]
-      <c r="F56" s="16">
+      <c r="E57" s="16">
+        <v>2</v>
+      </c>
+      <c r="F57" s="16">
         <v>1</v>
       </c>
-      <c r="G56" s="58"/>
-[...4 lines deleted...]
-      <c r="D57" s="89">
+      <c r="G57" s="58"/>
+    </row>
+    <row r="58" spans="1:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B58" s="88"/>
+      <c r="C58" s="89"/>
+      <c r="D58" s="89">
         <v>0</v>
       </c>
-      <c r="E57" s="89"/>
-[...4 lines deleted...]
-      <c r="A58">
+      <c r="E58" s="89"/>
+      <c r="F58" s="89"/>
+      <c r="G58" s="90"/>
+    </row>
+    <row r="59" spans="1:11" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A59">
         <v>3</v>
       </c>
-      <c r="B58" s="45" t="str">
+      <c r="B59" s="45" t="str">
         <f>IF(OR(H20="Chemija",H20="Fizika"),"Biologija","")</f>
         <v/>
       </c>
-      <c r="C58" s="46" t="s">
+      <c r="C59" s="46" t="s">
         <v>29</v>
       </c>
-      <c r="D58" s="32" t="s">
+      <c r="D59" s="32" t="s">
         <v>11</v>
       </c>
-      <c r="E58" s="32">
+      <c r="E59" s="32">
         <v>6</v>
       </c>
-      <c r="F58" s="32">
+      <c r="F59" s="32">
         <v>3</v>
       </c>
-      <c r="G58" s="33">
+      <c r="G59" s="33">
         <v>3</v>
       </c>
-      <c r="H58" t="str">
-        <f>INDEX(B58:B63,A58)</f>
+      <c r="H59" t="str">
+        <f>INDEX(B59:B64,A59)</f>
         <v/>
       </c>
-      <c r="I58" t="str">
-        <f>INDEX(D60:D62,A60)</f>
+      <c r="I59" t="str">
+        <f>INDEX(D61:D63,A61)</f>
         <v>A</v>
       </c>
     </row>
-    <row r="59" spans="1:11" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B59" s="45" t="str">
+    <row r="60" spans="1:11" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B60" s="45" t="str">
         <f>IF(OR(H20="Biologija",H20="Fizika"),"Chemija","")</f>
         <v/>
       </c>
-      <c r="C59" s="24" t="s">
+      <c r="C60" s="24" t="s">
         <v>30</v>
       </c>
-      <c r="D59" s="42" t="s">
+      <c r="D60" s="42" t="s">
         <v>11</v>
       </c>
-      <c r="E59" s="42">
+      <c r="E60" s="42">
         <v>6</v>
       </c>
-      <c r="F59" s="42">
+      <c r="F60" s="42">
         <v>3</v>
       </c>
-      <c r="G59" s="43">
+      <c r="G60" s="43">
         <v>3</v>
       </c>
     </row>
-    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A60">
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A61">
         <v>1</v>
       </c>
-      <c r="B60" s="45" t="str">
+      <c r="B61" s="45" t="str">
         <f>IF(OR(H20="Biologija",H20="Chemija"),"Fizika","")</f>
         <v/>
       </c>
-      <c r="C60" s="24" t="s">
+      <c r="C61" s="24" t="s">
         <v>31</v>
       </c>
-      <c r="D60" s="25" t="s">
+      <c r="D61" s="25" t="s">
         <v>11</v>
       </c>
-      <c r="E60" s="25">
+      <c r="E61" s="25">
         <v>7</v>
       </c>
-      <c r="F60" s="25">
+      <c r="F61" s="25">
         <v>3</v>
       </c>
-      <c r="G60" s="34">
+      <c r="G61" s="34">
         <v>4</v>
-      </c>
-[...21 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="62" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B62" s="82"/>
-      <c r="C62" s="24"/>
-[...3 lines deleted...]
-      <c r="G62" s="25"/>
+      <c r="C62" s="24" t="str">
+        <f>IF(AND(I66&lt;&gt;"B",I20&lt;&gt;"B"),"BiologijaB"," ")</f>
+        <v>BiologijaB</v>
+      </c>
+      <c r="D62" s="25" t="str">
+        <f>IF(AND(I66&lt;&gt;"B",I20&lt;&gt;"B"),"B"," ")</f>
+        <v>B</v>
+      </c>
+      <c r="E62" s="25">
+        <f>IF(D62="B",4,0)</f>
+        <v>4</v>
+      </c>
+      <c r="F62" s="25">
+        <f>IF(D62="B",2,0)</f>
+        <v>2</v>
+      </c>
+      <c r="G62" s="25">
+        <f>IF(D62="B",2,0)</f>
+        <v>2</v>
+      </c>
     </row>
     <row r="63" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A63">
+      <c r="B63" s="82"/>
+      <c r="C63" s="24"/>
+      <c r="D63" s="25"/>
+      <c r="E63" s="25"/>
+      <c r="F63" s="25"/>
+      <c r="G63" s="25"/>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A64">
         <v>1</v>
       </c>
-      <c r="B63" s="47"/>
-[...1 lines deleted...]
-        <f>IF(AND(I65&lt;&gt;"B",I20&lt;&gt;"B"),"ChemijaB"," ")</f>
+      <c r="B64" s="47"/>
+      <c r="C64" s="24" t="str">
+        <f>IF(AND(I66&lt;&gt;"B",I20&lt;&gt;"B"),"ChemijaB"," ")</f>
         <v>ChemijaB</v>
       </c>
-      <c r="D63" s="25" t="str">
-        <f>IF(AND(I65&lt;&gt;"B",I20&lt;&gt;"B"),"B"," ")</f>
+      <c r="D64" s="25" t="str">
+        <f>IF(AND(I66&lt;&gt;"B",I20&lt;&gt;"B"),"B"," ")</f>
         <v>B</v>
       </c>
-      <c r="E63" s="25">
-[...22 lines deleted...]
-      </c>
       <c r="E64" s="25">
-        <f t="shared" ref="E64" si="1">IF(D64="B",4,0)</f>
+        <f t="shared" ref="E64" si="0">IF(D64="B",4,0)</f>
         <v>4</v>
       </c>
       <c r="F64" s="25">
         <f>IF(D64="B",2,0)</f>
         <v>2</v>
       </c>
       <c r="G64" s="25">
         <f>IF(D64="B",2,0)</f>
         <v>2</v>
       </c>
       <c r="K64" s="41"/>
     </row>
-    <row r="65" spans="1:11" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-        <f>IF(OR(AND(H20="Chemija",H58="Fizika"),AND(H58="Chemija",H20="Fizika")),"Biologija","")</f>
+    <row r="65" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B65" s="82"/>
+      <c r="C65" s="48" t="str">
+        <f>IF(AND(I66&lt;&gt;"B",I20&lt;&gt;"B"),"FizikaB"," ")</f>
+        <v>FizikaB</v>
+      </c>
+      <c r="D65" s="28" t="str">
+        <f>IF(AND(I66&lt;&gt;"B",I20&lt;&gt;"B"),"B"," ")</f>
+        <v>B</v>
+      </c>
+      <c r="E65" s="25">
+        <f t="shared" ref="E65" si="1">IF(D65="B",4,0)</f>
+        <v>4</v>
+      </c>
+      <c r="F65" s="25">
+        <f>IF(D65="B",2,0)</f>
+        <v>2</v>
+      </c>
+      <c r="G65" s="25">
+        <f>IF(D65="B",2,0)</f>
+        <v>2</v>
+      </c>
+      <c r="K65" s="41"/>
+    </row>
+    <row r="66" spans="1:11" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A66">
+        <v>2</v>
+      </c>
+      <c r="B66" s="45" t="str">
+        <f>IF(OR(AND(H20="Chemija",H59="Fizika"),AND(H59="Chemija",H20="Fizika")),"Biologija","")</f>
         <v/>
       </c>
-      <c r="C65" s="46" t="s">
+      <c r="C66" s="46" t="s">
         <v>29</v>
       </c>
-      <c r="D65" s="32" t="s">
+      <c r="D66" s="32" t="s">
         <v>11</v>
       </c>
-      <c r="E65" s="32">
+      <c r="E66" s="32">
         <v>6</v>
       </c>
-      <c r="F65" s="32">
+      <c r="F66" s="32">
         <v>3</v>
       </c>
-      <c r="G65" s="33">
+      <c r="G66" s="33">
         <v>3</v>
       </c>
-      <c r="H65" t="str">
-        <f>INDEX(B65:B70,A65)</f>
+      <c r="H66" t="str">
+        <f>INDEX(B66:B71,A66)</f>
         <v/>
       </c>
-      <c r="I65" t="str">
-        <f>INDEX(D67:D69,A67)</f>
+      <c r="I66" t="str">
+        <f>INDEX(D68:D70,A68)</f>
         <v>A</v>
       </c>
     </row>
-    <row r="66" spans="1:11" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <f>IF(OR(AND(H20="Biologija",H58="Fizika"),AND(H58="Biologija",H20="Fizika")),"Chemija","")</f>
+    <row r="67" spans="1:11" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B67" s="45" t="str">
+        <f>IF(OR(AND(H20="Biologija",H59="Fizika"),AND(H59="Biologija",H20="Fizika")),"Chemija","")</f>
         <v/>
       </c>
-      <c r="C66" s="24" t="s">
+      <c r="C67" s="24" t="s">
         <v>30</v>
       </c>
-      <c r="D66" s="42" t="s">
+      <c r="D67" s="42" t="s">
         <v>11</v>
       </c>
-      <c r="E66" s="42">
+      <c r="E67" s="42">
         <v>6</v>
       </c>
-      <c r="F66" s="42">
+      <c r="F67" s="42">
         <v>3</v>
       </c>
-      <c r="G66" s="43">
+      <c r="G67" s="43">
         <v>3</v>
       </c>
     </row>
-    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A67">
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A68">
         <v>1</v>
       </c>
-      <c r="B67" s="45" t="str">
-        <f>IF(OR(AND(H20="Biologija",H58="Chemija"),AND(H58="Biologija",H20="Chemija")),"Fizika","")</f>
+      <c r="B68" s="45" t="str">
+        <f>IF(OR(AND(H20="Biologija",H59="Chemija"),AND(H59="Biologija",H20="Chemija")),"Fizika","")</f>
         <v/>
       </c>
-      <c r="C67" s="24" t="s">
+      <c r="C68" s="24" t="s">
         <v>31</v>
       </c>
-      <c r="D67" s="25" t="s">
+      <c r="D68" s="25" t="s">
         <v>11</v>
       </c>
-      <c r="E67" s="25">
+      <c r="E68" s="25">
         <v>7</v>
       </c>
-      <c r="F67" s="25">
+      <c r="F68" s="25">
         <v>3</v>
       </c>
-      <c r="G67" s="34">
+      <c r="G68" s="34">
         <v>4</v>
-      </c>
-[...21 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="69" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B69" s="82"/>
-      <c r="C69" s="24"/>
-[...3 lines deleted...]
-      <c r="G69" s="25"/>
+      <c r="C69" s="24" t="str">
+        <f>IF(AND(I59&lt;&gt;"B",I20&lt;&gt;"B"),"BiologijaB"," ")</f>
+        <v>BiologijaB</v>
+      </c>
+      <c r="D69" s="25" t="str">
+        <f>IF(AND(A61&lt;&gt;2,I20&lt;&gt;"B"),"B"," ")</f>
+        <v>B</v>
+      </c>
+      <c r="E69" s="25">
+        <f>IF(D69="B",4,0)</f>
+        <v>4</v>
+      </c>
+      <c r="F69" s="25">
+        <f>IF(D69="B",2,0)</f>
+        <v>2</v>
+      </c>
+      <c r="G69" s="25">
+        <f>IF(D69="B",2,0)</f>
+        <v>2</v>
+      </c>
     </row>
     <row r="70" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A70">
+      <c r="B70" s="82"/>
+      <c r="C70" s="24"/>
+      <c r="D70" s="25"/>
+      <c r="E70" s="25"/>
+      <c r="F70" s="25"/>
+      <c r="G70" s="25"/>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A71">
         <v>1</v>
       </c>
-      <c r="B70" s="47" t="str">
+      <c r="B71" s="47" t="str">
         <f>IF(AND(OR(H31="Chemija",H31="Biologija"),I31="A"),"Fizika","")</f>
         <v/>
       </c>
-      <c r="C70" s="24" t="str">
-        <f>IF(AND(I58&lt;&gt;"B",I20&lt;&gt;"B"),"ChemijaB"," ")</f>
+      <c r="C71" s="24" t="str">
+        <f>IF(AND(I59&lt;&gt;"B",I20&lt;&gt;"B"),"ChemijaB"," ")</f>
         <v>ChemijaB</v>
       </c>
-      <c r="D70" s="25" t="str">
-        <f>IF(AND(A60&lt;&gt;2,I20&lt;&gt;"B"),"B"," ")</f>
+      <c r="D71" s="25" t="str">
+        <f>IF(AND(A61&lt;&gt;2,I20&lt;&gt;"B"),"B"," ")</f>
         <v>B</v>
       </c>
-      <c r="E70" s="25">
-[...22 lines deleted...]
-      </c>
       <c r="E71" s="25">
-        <f t="shared" ref="E71" si="3">IF(D71="B",4,0)</f>
+        <f t="shared" ref="E71" si="2">IF(D71="B",4,0)</f>
         <v>4</v>
       </c>
       <c r="F71" s="25">
         <f>IF(D71="B",2,0)</f>
         <v>2</v>
       </c>
       <c r="G71" s="25">
         <f>IF(D71="B",2,0)</f>
         <v>2</v>
       </c>
       <c r="K71" s="41"/>
     </row>
-    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A72">
+    <row r="72" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B72" s="82"/>
+      <c r="C72" s="48" t="str">
+        <f>IF(AND(I59&lt;&gt;"B",I20&lt;&gt;"B"),"FizikaB"," ")</f>
+        <v>FizikaB</v>
+      </c>
+      <c r="D72" s="28" t="str">
+        <f>IF(AND(A61&lt;&gt;2,I20&lt;&gt;"B"),"B"," ")</f>
+        <v>B</v>
+      </c>
+      <c r="E72" s="25">
+        <f t="shared" ref="E72" si="3">IF(D72="B",4,0)</f>
+        <v>4</v>
+      </c>
+      <c r="F72" s="25">
+        <f>IF(D72="B",2,0)</f>
+        <v>2</v>
+      </c>
+      <c r="G72" s="25">
+        <f>IF(D72="B",2,0)</f>
+        <v>2</v>
+      </c>
+      <c r="K72" s="41"/>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A73">
         <v>1</v>
       </c>
-      <c r="B72" s="141" t="s">
+      <c r="B73" s="129" t="s">
         <v>46</v>
       </c>
-      <c r="C72" s="142"/>
-[...6 lines deleted...]
-      <c r="C73" s="74"/>
+      <c r="C73" s="130"/>
       <c r="E73" s="25">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B74" s="74"/>
+      <c r="C74" s="74"/>
+      <c r="E74" s="25">
         <v>0</v>
       </c>
     </row>
-    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B74" s="141" t="s">
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A75">
+        <v>2</v>
+      </c>
+      <c r="B75" s="129" t="s">
         <v>46</v>
       </c>
-      <c r="C74" s="142"/>
-[...6 lines deleted...]
-      <c r="C75" s="74"/>
+      <c r="C75" s="130"/>
       <c r="E75" s="25">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B76" s="74"/>
+      <c r="C76" s="74"/>
+      <c r="E76" s="25">
         <v>0</v>
       </c>
     </row>
-    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A76">
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A77">
         <v>1</v>
       </c>
-      <c r="B76" s="161" t="s">
+      <c r="B77" s="161" t="s">
         <v>47</v>
       </c>
-      <c r="C76" s="162"/>
-[...6 lines deleted...]
-      <c r="C77" s="76"/>
+      <c r="C77" s="162"/>
       <c r="E77" s="77">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B78" s="75"/>
+      <c r="C78" s="76"/>
+      <c r="E78" s="77">
         <v>0</v>
       </c>
     </row>
-    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B78" s="161" t="s">
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A79">
+        <v>2</v>
+      </c>
+      <c r="B79" s="161" t="s">
         <v>48</v>
       </c>
-      <c r="C78" s="162"/>
-      <c r="E78" s="77">
+      <c r="C79" s="162"/>
+      <c r="E79" s="77">
         <v>1</v>
       </c>
     </row>
-    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="E79" s="77">
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B80" s="75"/>
+      <c r="C80" s="76"/>
+      <c r="E80" s="77">
         <v>0</v>
       </c>
     </row>
-    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B80" s="161" t="s">
+    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A81">
+        <v>2</v>
+      </c>
+      <c r="B81" s="161" t="s">
         <v>49</v>
       </c>
-      <c r="C80" s="162"/>
-      <c r="E80" s="77">
+      <c r="C81" s="162"/>
+      <c r="E81" s="77">
         <v>1</v>
       </c>
     </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="E81" s="77">
+    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B82" s="75"/>
+      <c r="C82" s="76"/>
+      <c r="E82" s="77">
         <v>0</v>
       </c>
     </row>
-    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B82" s="161" t="s">
+    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A83">
+        <v>2</v>
+      </c>
+      <c r="B83" s="161" t="s">
         <v>50</v>
       </c>
-      <c r="C82" s="162"/>
-      <c r="E82" s="77">
+      <c r="C83" s="162"/>
+      <c r="E83" s="77">
         <v>1</v>
       </c>
     </row>
-    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="E83" s="77">
+    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="E84" s="77">
         <v>0</v>
       </c>
     </row>
-    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B84" t="s">
+    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A85">
+        <v>2</v>
+      </c>
+      <c r="B85" t="s">
         <v>56</v>
       </c>
-      <c r="D84" t="s">
+      <c r="D85" t="s">
         <v>8</v>
       </c>
-      <c r="E84" s="77">
+      <c r="E85" s="77">
         <v>4</v>
       </c>
-      <c r="F84">
-[...6 lines deleted...]
-        <f>INDEX(D84:D85,A84)</f>
+      <c r="F85">
+        <v>2</v>
+      </c>
+      <c r="G85">
+        <v>2</v>
+      </c>
+      <c r="H85">
+        <f>INDEX(D85:D86,A85)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="E85" s="77">
+    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="E86" s="77">
         <v>0</v>
       </c>
-      <c r="F85">
+      <c r="F86">
         <v>0</v>
       </c>
-      <c r="G85">
+      <c r="G86">
         <v>0</v>
       </c>
     </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A86">
+    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A87">
         <v>3</v>
       </c>
-      <c r="B86" t="s">
+      <c r="B87" t="s">
         <v>57</v>
       </c>
-      <c r="D86" t="s">
+      <c r="D87" t="s">
         <v>57</v>
       </c>
-      <c r="E86" s="77">
+      <c r="E87" s="77">
         <v>4</v>
       </c>
-      <c r="F86">
-[...6 lines deleted...]
-        <f>INDEX(B86:B87,A86)</f>
+      <c r="F87">
+        <v>2</v>
+      </c>
+      <c r="G87">
+        <v>2</v>
+      </c>
+      <c r="H87" t="e">
+        <f>INDEX(B87:B88,A87)</f>
         <v>#REF!</v>
-      </c>
-[...15 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
+        <v>41</v>
+      </c>
+      <c r="D88" t="s">
+        <v>41</v>
+      </c>
+      <c r="E88" s="77">
+        <v>3</v>
+      </c>
+      <c r="F88">
+        <v>2</v>
+      </c>
+      <c r="G88">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B89" t="s">
         <v>58</v>
       </c>
-      <c r="D88" t="s">
+      <c r="D89" t="s">
         <v>58</v>
       </c>
-      <c r="E88" s="77">
+      <c r="E89" s="77">
         <v>0</v>
       </c>
-      <c r="F88">
+      <c r="F89">
         <v>0</v>
       </c>
-      <c r="G88">
+      <c r="G89">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="B72:C72"/>
-[...4 lines deleted...]
-    <mergeCell ref="B74:C74"/>
+    <mergeCell ref="B73:C73"/>
+    <mergeCell ref="B77:C77"/>
+    <mergeCell ref="B79:C79"/>
+    <mergeCell ref="B81:C81"/>
+    <mergeCell ref="B83:C83"/>
+    <mergeCell ref="B75:C75"/>
     <mergeCell ref="C46:C47"/>
     <mergeCell ref="D46:D47"/>
     <mergeCell ref="E46:E47"/>
     <mergeCell ref="F46:F47"/>
     <mergeCell ref="G46:G47"/>
     <mergeCell ref="B39:C39"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="B5:C6"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="B15:C15"/>
     <mergeCell ref="B16:C16"/>
     <mergeCell ref="B17:C17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>